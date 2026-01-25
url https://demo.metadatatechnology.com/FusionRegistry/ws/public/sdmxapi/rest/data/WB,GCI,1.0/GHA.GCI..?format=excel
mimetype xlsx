--- v0 (2025-12-05)
+++ v1 (2026-01-25)
@@ -23,51 +23,51 @@
   </bookViews>
   <sheets>
     <sheet name="Dataset" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">Dataset!$A$9:$A$11</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="27" uniqueCount="26">
   <si>
     <t>Dataflow</t>
   </si>
   <si>
     <t>WB:GCI(1.0)</t>
   </si>
   <si>
     <t>DataStructure</t>
   </si>
   <si>
     <t>Dataset ID</t>
   </si>
   <si>
-    <t>52cb7108-cf38-4348-a031-621d35ee8a3b</t>
+    <t>c9460f92-d3f0-46b2-9aab-959e325127ef</t>
   </si>
   <si>
     <t>Dataset Action</t>
   </si>
   <si>
     <t>Information</t>
   </si>
   <si>
     <t>REF_AREA</t>
   </si>
   <si>
     <t>GHA</t>
   </si>
   <si>
     <t>INDICATOR</t>
   </si>
   <si>
     <t>GCI</t>
   </si>
   <si>
     <t>FREQ</t>
   </si>
   <si>
     <t>A</t>
   </si>