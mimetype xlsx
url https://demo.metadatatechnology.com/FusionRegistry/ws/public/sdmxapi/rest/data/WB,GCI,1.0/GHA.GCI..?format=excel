--- v1 (2026-01-25)
+++ v2 (2026-03-17)
@@ -23,51 +23,51 @@
   </bookViews>
   <sheets>
     <sheet name="Dataset" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">Dataset!$A$9:$A$11</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="27" uniqueCount="26">
   <si>
     <t>Dataflow</t>
   </si>
   <si>
     <t>WB:GCI(1.0)</t>
   </si>
   <si>
     <t>DataStructure</t>
   </si>
   <si>
     <t>Dataset ID</t>
   </si>
   <si>
-    <t>c9460f92-d3f0-46b2-9aab-959e325127ef</t>
+    <t>3dca47da-045a-4d6a-9bfe-8997be895e26</t>
   </si>
   <si>
     <t>Dataset Action</t>
   </si>
   <si>
     <t>Information</t>
   </si>
   <si>
     <t>REF_AREA</t>
   </si>
   <si>
     <t>GHA</t>
   </si>
   <si>
     <t>INDICATOR</t>
   </si>
   <si>
     <t>GCI</t>
   </si>
   <si>
     <t>FREQ</t>
   </si>
   <si>
     <t>A</t>
   </si>